--- v0 (2025-12-13)
+++ v1 (2026-03-18)
@@ -32,1896 +32,1896 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="622">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (EUR)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>0,1403</t>
+    <t>0,1522</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>0,1538</t>
+    <t>0,1669</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>0,5795</t>
+    <t>0,6286</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>0,4109</t>
+    <t>0,4457</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>0,1435</t>
+    <t>0,1557</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
-    <t>0,3371</t>
+    <t>0,3657</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
-    <t>0,2739</t>
+    <t>0,2971</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
-    <t>0,1528</t>
+    <t>0,1657</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>0,0877</t>
+    <t>0,0951</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>0,051</t>
+    <t>0,0553</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
-    <t>0,5057</t>
+    <t>0,5486</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>0,5238</t>
+    <t>0,5682</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>0,6532</t>
+    <t>0,7086</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
-    <t>0,5637</t>
+    <t>0,6114</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>0,1414</t>
+    <t>0,1534</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
-    <t>0,3477</t>
+    <t>0,3771</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>0,1896</t>
+    <t>0,2057</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>0,0708</t>
+    <t>0,0768</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>0,6227</t>
+    <t>0,6754</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>0,3529</t>
+    <t>0,3829</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
-    <t>0,1054</t>
+    <t>0,1143</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>0,2845</t>
+    <t>0,3086</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>0,0424</t>
+    <t>0,0459</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
+    <t>0,0914</t>
+  </si>
+  <si>
+    <t>BT</t>
+  </si>
+  <si>
+    <t>Bhutan</t>
+  </si>
+  <si>
+    <t>0,5714</t>
+  </si>
+  <si>
+    <t>BW</t>
+  </si>
+  <si>
+    <t>Botswana</t>
+  </si>
+  <si>
+    <t>0,24</t>
+  </si>
+  <si>
+    <t>BY</t>
+  </si>
+  <si>
+    <t>Belarus</t>
+  </si>
+  <si>
+    <t>0,3223</t>
+  </si>
+  <si>
+    <t>BZ</t>
+  </si>
+  <si>
+    <t>Belize</t>
+  </si>
+  <si>
+    <t>0,3806</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>Democratic Republic of the Congo</t>
+  </si>
+  <si>
+    <t>0,5143</t>
+  </si>
+  <si>
+    <t>CF</t>
+  </si>
+  <si>
+    <t>Central African Republic</t>
+  </si>
+  <si>
+    <t>0,64</t>
+  </si>
+  <si>
+    <t>CG</t>
+  </si>
+  <si>
+    <t>Congo</t>
+  </si>
+  <si>
+    <t>0,4709</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>0,1086</t>
+  </si>
+  <si>
+    <t>CI</t>
+  </si>
+  <si>
+    <t>Cote d'Ivoire</t>
+  </si>
+  <si>
+    <t>0,7429</t>
+  </si>
+  <si>
+    <t>CK</t>
+  </si>
+  <si>
+    <t>Cook Islands</t>
+  </si>
+  <si>
+    <t>0,2071</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>0,0747</t>
+  </si>
+  <si>
+    <t>CM</t>
+  </si>
+  <si>
+    <t>Cameroon</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>0,0434</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>0,032</t>
+  </si>
+  <si>
+    <t>CR</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>0,0521</t>
+  </si>
+  <si>
+    <t>CU</t>
+  </si>
+  <si>
+    <t>Cuba</t>
+  </si>
+  <si>
+    <t>0,1497</t>
+  </si>
+  <si>
+    <t>CV</t>
+  </si>
+  <si>
+    <t>Cape Verde</t>
+  </si>
+  <si>
+    <t>0,3486</t>
+  </si>
+  <si>
+    <t>CW</t>
+  </si>
+  <si>
+    <t>Curacao</t>
+  </si>
+  <si>
+    <t>0,3886</t>
+  </si>
+  <si>
+    <t>CY</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
+    <t>0,029</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Czech Republic</t>
+  </si>
+  <si>
+    <t>0,0905</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>0,1467</t>
+  </si>
+  <si>
+    <t>DJ</t>
+  </si>
+  <si>
+    <t>Djibouti</t>
+  </si>
+  <si>
+    <t>0,2139</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>0,0917</t>
+  </si>
+  <si>
+    <t>DM</t>
+  </si>
+  <si>
+    <t>Dominica</t>
+  </si>
+  <si>
+    <t>DO</t>
+  </si>
+  <si>
+    <t>Dominican Republic</t>
+  </si>
+  <si>
+    <t>0,1977</t>
+  </si>
+  <si>
+    <t>DZ</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>0,512</t>
+  </si>
+  <si>
+    <t>EC</t>
+  </si>
+  <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Estonia</t>
+  </si>
+  <si>
+    <t>0,0857</t>
+  </si>
+  <si>
+    <t>EG</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>ER</t>
+  </si>
+  <si>
+    <t>Eritrea</t>
+  </si>
+  <si>
+    <t>0,1698</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>0,0736</t>
+  </si>
+  <si>
+    <t>ET</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>0,48</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>0,1118</t>
+  </si>
+  <si>
+    <t>FJ</t>
+  </si>
+  <si>
+    <t>Fiji</t>
+  </si>
+  <si>
+    <t>FK</t>
+  </si>
+  <si>
+    <t>Falkland Islands (Malvinas)</t>
+  </si>
+  <si>
+    <t>0,1195</t>
+  </si>
+  <si>
+    <t>FM</t>
+  </si>
+  <si>
+    <t>Micronesia, Federated States of</t>
+  </si>
+  <si>
+    <t>0,1349</t>
+  </si>
+  <si>
+    <t>FO</t>
+  </si>
+  <si>
+    <t>Faroe Islands</t>
+  </si>
+  <si>
+    <t>0,0873</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>0,0903</t>
+  </si>
+  <si>
+    <t>GA</t>
+  </si>
+  <si>
+    <t>Gabon</t>
+  </si>
+  <si>
+    <t>0,4686</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>0,0677</t>
+  </si>
+  <si>
+    <t>GD</t>
+  </si>
+  <si>
+    <t>Grenada</t>
+  </si>
+  <si>
+    <t>GE</t>
+  </si>
+  <si>
+    <t>Georgia</t>
+  </si>
+  <si>
+    <t>0,2206</t>
+  </si>
+  <si>
+    <t>GH</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>0,72</t>
+  </si>
+  <si>
+    <t>GI</t>
+  </si>
+  <si>
+    <t>Gibraltar</t>
+  </si>
+  <si>
+    <t>0,1166</t>
+  </si>
+  <si>
+    <t>GL</t>
+  </si>
+  <si>
+    <t>Greenland</t>
+  </si>
+  <si>
+    <t>0,0206</t>
+  </si>
+  <si>
+    <t>GM</t>
+  </si>
+  <si>
+    <t>Gambia</t>
+  </si>
+  <si>
+    <t>0,2857</t>
+  </si>
+  <si>
+    <t>GN</t>
+  </si>
+  <si>
+    <t>Guinea</t>
+  </si>
+  <si>
+    <t>0,5829</t>
+  </si>
+  <si>
+    <t>GP</t>
+  </si>
+  <si>
+    <t>Guadeloupe</t>
+  </si>
+  <si>
+    <t>0,4389</t>
+  </si>
+  <si>
+    <t>GQ</t>
+  </si>
+  <si>
+    <t>Equatorial Guinea</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>0,0798</t>
+  </si>
+  <si>
+    <t>GT</t>
+  </si>
+  <si>
+    <t>Guatemala</t>
+  </si>
+  <si>
+    <t>0,40</t>
+  </si>
+  <si>
+    <t>GW</t>
+  </si>
+  <si>
+    <t>Guinea-Bissau</t>
+  </si>
+  <si>
+    <t>0,7314</t>
+  </si>
+  <si>
+    <t>GY</t>
+  </si>
+  <si>
+    <t>Guyana</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>0,1026</t>
+  </si>
+  <si>
+    <t>HN</t>
+  </si>
+  <si>
+    <t>Honduras</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>0,2368</t>
+  </si>
+  <si>
+    <t>HT</t>
+  </si>
+  <si>
+    <t>Haiti</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>0,1189</t>
+  </si>
+  <si>
+    <t>ID</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>0,7369</t>
+  </si>
+  <si>
+    <t>IE</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>0,0889</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>0,1362</t>
+  </si>
+  <si>
+    <t>IQ</t>
+  </si>
+  <si>
+    <t>Iraq</t>
+  </si>
+  <si>
+    <t>0,6149</t>
+  </si>
+  <si>
+    <t>IR</t>
+  </si>
+  <si>
+    <t>Iran, Islamic Republic of</t>
+  </si>
+  <si>
+    <t>0,6254</t>
+  </si>
+  <si>
+    <t>IS</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>0,1154</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
     <t>0,0843</t>
   </si>
   <si>
-    <t>BT</t>
-[...71 lines deleted...]
-    <t>Switzerland</t>
+    <t>JM</t>
+  </si>
+  <si>
+    <t>Jamaica</t>
+  </si>
+  <si>
+    <t>0,2032</t>
+  </si>
+  <si>
+    <t>JO</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>0,88</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>0,0923</t>
+  </si>
+  <si>
+    <t>KE</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>0,4514</t>
+  </si>
+  <si>
+    <t>KG</t>
+  </si>
+  <si>
+    <t>Kyrgyzstan</t>
+  </si>
+  <si>
+    <t>0,44</t>
+  </si>
+  <si>
+    <t>KH</t>
+  </si>
+  <si>
+    <t>Cambodia</t>
+  </si>
+  <si>
+    <t>0,5611</t>
+  </si>
+  <si>
+    <t>KI</t>
+  </si>
+  <si>
+    <t>Kiribati</t>
+  </si>
+  <si>
+    <t>0,093</t>
+  </si>
+  <si>
+    <t>KM</t>
+  </si>
+  <si>
+    <t>Comoros</t>
+  </si>
+  <si>
+    <t>0,6629</t>
+  </si>
+  <si>
+    <t>KN</t>
+  </si>
+  <si>
+    <t>Saint Kitts and Nevis</t>
+  </si>
+  <si>
+    <t>KP</t>
+  </si>
+  <si>
+    <t>Korea, Democratic People's Republic of</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>Korea, Republic of</t>
+  </si>
+  <si>
+    <t>0,0366</t>
+  </si>
+  <si>
+    <t>KW</t>
+  </si>
+  <si>
+    <t>Kuwait</t>
+  </si>
+  <si>
+    <t>0,5257</t>
+  </si>
+  <si>
+    <t>KY</t>
+  </si>
+  <si>
+    <t>Cayman Islands</t>
+  </si>
+  <si>
+    <t>LA</t>
+  </si>
+  <si>
+    <t>Lao People's Democratic Republic</t>
+  </si>
+  <si>
+    <t>LB</t>
+  </si>
+  <si>
+    <t>Lebanon</t>
+  </si>
+  <si>
+    <t>0,4571</t>
+  </si>
+  <si>
+    <t>LC</t>
+  </si>
+  <si>
+    <t>Saint Lucia</t>
+  </si>
+  <si>
+    <t>LI</t>
+  </si>
+  <si>
+    <t>Liechtenstein</t>
+  </si>
+  <si>
+    <t>0,0729</t>
+  </si>
+  <si>
+    <t>LK</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>0,6171</t>
+  </si>
+  <si>
+    <t>LR</t>
+  </si>
+  <si>
+    <t>Liberia</t>
+  </si>
+  <si>
+    <t>0,3429</t>
+  </si>
+  <si>
+    <t>LS</t>
+  </si>
+  <si>
+    <t>Lesotho</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>0,0743</t>
+  </si>
+  <si>
+    <t>LU</t>
+  </si>
+  <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
+    <t>0,1865</t>
+  </si>
+  <si>
+    <t>LV</t>
+  </si>
+  <si>
+    <t>Latvia</t>
+  </si>
+  <si>
+    <t>0,0686</t>
+  </si>
+  <si>
+    <t>LY</t>
+  </si>
+  <si>
+    <t>Libya</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>Morocco</t>
+  </si>
+  <si>
+    <t>0,4423</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>Monaco</t>
+  </si>
+  <si>
+    <t>0,2402</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Moldova, Republic of</t>
+  </si>
+  <si>
+    <t>0,2437</t>
+  </si>
+  <si>
+    <t>ME</t>
+  </si>
+  <si>
+    <t>Montenegro</t>
+  </si>
+  <si>
+    <t>0,2629</t>
+  </si>
+  <si>
+    <t>MG</t>
+  </si>
+  <si>
+    <t>Madagascar</t>
+  </si>
+  <si>
+    <t>0,7143</t>
+  </si>
+  <si>
+    <t>MH</t>
+  </si>
+  <si>
+    <t>Marshall Islands</t>
+  </si>
+  <si>
+    <t>0,1141</t>
+  </si>
+  <si>
+    <t>MK</t>
+  </si>
+  <si>
+    <t>Macedonia, the Former Yugoslav Republic of</t>
+  </si>
+  <si>
+    <t>0,0421</t>
+  </si>
+  <si>
+    <t>ML</t>
+  </si>
+  <si>
+    <t>Mali</t>
+  </si>
+  <si>
+    <t>0,6514</t>
+  </si>
+  <si>
+    <t>MM</t>
+  </si>
+  <si>
+    <t>Myanmar</t>
+  </si>
+  <si>
+    <t>0,6743</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>Mongolia</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>Macao</t>
+  </si>
+  <si>
+    <t>0,0805</t>
+  </si>
+  <si>
+    <t>MQ</t>
+  </si>
+  <si>
+    <t>Martinique</t>
+  </si>
+  <si>
+    <t>MR</t>
+  </si>
+  <si>
+    <t>Mauritania</t>
+  </si>
+  <si>
+    <t>0,4194</t>
+  </si>
+  <si>
+    <t>MS</t>
+  </si>
+  <si>
+    <t>Montserrat</t>
+  </si>
+  <si>
+    <t>MT</t>
+  </si>
+  <si>
+    <t>Malta</t>
   </si>
   <si>
     <t>0,1001</t>
   </si>
   <si>
-    <t>CI</t>
-[...53 lines deleted...]
-    <t>Costa Rica</t>
+    <t>MU</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>0,2825</t>
+  </si>
+  <si>
+    <t>MV</t>
+  </si>
+  <si>
+    <t>Maldives</t>
+  </si>
+  <si>
+    <t>0,56</t>
+  </si>
+  <si>
+    <t>MW</t>
+  </si>
+  <si>
+    <t>Malawi</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>0,1961</t>
+  </si>
+  <si>
+    <t>MY</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>0,4914</t>
+  </si>
+  <si>
+    <t>MZ</t>
+  </si>
+  <si>
+    <t>Mozambique</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>0,0775</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>New Caledonia</t>
+  </si>
+  <si>
+    <t>0,2169</t>
+  </si>
+  <si>
+    <t>NE</t>
+  </si>
+  <si>
+    <t>Niger</t>
+  </si>
+  <si>
+    <t>NG</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>0,7771</t>
+  </si>
+  <si>
+    <t>NI</t>
+  </si>
+  <si>
+    <t>Nicaragua</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>0,1394</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>0,1056</t>
+  </si>
+  <si>
+    <t>NP</t>
+  </si>
+  <si>
+    <t>Nepal</t>
+  </si>
+  <si>
+    <t>NR</t>
+  </si>
+  <si>
+    <t>Nauru</t>
+  </si>
+  <si>
+    <t>NZ</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>0,1371</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>PA</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>0,2754</t>
+  </si>
+  <si>
+    <t>PE</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>PF</t>
+  </si>
+  <si>
+    <t>French Polynesia</t>
+  </si>
+  <si>
+    <t>0,1472</t>
+  </si>
+  <si>
+    <t>PG</t>
+  </si>
+  <si>
+    <t>Papua New Guinea</t>
+  </si>
+  <si>
+    <t>0,3543</t>
+  </si>
+  <si>
+    <t>PH</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>0,3646</t>
+  </si>
+  <si>
+    <t>PK</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>1,0377</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>0,0457</t>
+  </si>
+  <si>
+    <t>PM</t>
+  </si>
+  <si>
+    <t>Saint Pierre and Miquelon</t>
+  </si>
+  <si>
+    <t>0,2194</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Puerto Rico</t>
+  </si>
+  <si>
+    <t>0,1911</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>Portugal</t>
   </si>
   <si>
     <t>0,048</t>
   </si>
   <si>
-    <t>CU</t>
-[...967 lines deleted...]
-  <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
-    <t>0,1551</t>
+    <t>0,1682</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
-    <t>0,2107</t>
+    <t>0,2286</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
-    <t>0,3319</t>
+    <t>0,36</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>0,2644</t>
+    <t>0,2869</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
-    <t>0,078</t>
+    <t>0,0846</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
-    <t>0,649</t>
+    <t>0,704</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>0,6806</t>
+    <t>0,7383</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
-    <t>0,4267</t>
+    <t>0,4629</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
-    <t>0,0856</t>
+    <t>0,0928</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>0,0944</t>
+    <t>0,1024</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
-    <t>0,1389</t>
+    <t>0,1506</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>0,4962</t>
+    <t>0,5383</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>0,3098</t>
+    <t>0,336</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
-    <t>0,4636</t>
+    <t>0,5029</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>0,0129</t>
+    <t>0,0139</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
-    <t>0,1637</t>
+    <t>0,1776</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
-    <t>0,295</t>
+    <t>0,32</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>UY</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
-    <t>0,158</t>
+    <t>0,1714</t>
   </si>
   <si>
     <t>UZ</t>
   </si>
   <si>
     <t>Uzbekistan</t>
   </si>
   <si>
     <t>VC</t>
   </si>
   <si>
     <t>Saint Vincent and the Grenadines</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
-    <t>0,0622</t>
+    <t>0,0674</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>0,2908</t>
+    <t>0,3154</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
-    <t>0,2054</t>
+    <t>0,2229</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
-    <t>0,4414</t>
+    <t>0,4789</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
-    <t>0,3066</t>
+    <t>0,3326</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>
   <si>
-    <t>0,2687</t>
+    <t>0,2914</t>
   </si>
   <si>
     <t>AS</t>
   </si>
   <si>
     <t>American Samoa</t>
   </si>
   <si>
-    <t>0,1981</t>
+    <t>0,2149</t>
   </si>
   <si>
     <t>BQ</t>
   </si>
   <si>
     <t>Bonaire</t>
   </si>
   <si>
     <t>GF</t>
   </si>
   <si>
     <t>French Guiana</t>
   </si>
   <si>
-    <t>0,0988</t>
+    <t>0,1072</t>
   </si>
   <si>
     <t>KZ</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
-    <t>0,3793</t>
+    <t>0,4114</t>
   </si>
   <si>
     <t>NU</t>
   </si>
   <si>
     <t>Niue</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Palestine, State of</t>
   </si>
   <si>
-    <t>0,4256</t>
+    <t>0,4617</t>
   </si>
   <si>
     <t>SH</t>
   </si>
   <si>
     <t>Saint Helena</t>
   </si>
   <si>
     <t>SS</t>
   </si>
   <si>
     <t>South Sudan</t>
   </si>
   <si>
     <t>SX</t>
   </si>
   <si>
     <t>Sint Maarten (Dutch part)</t>
   </si>
   <si>
-    <t>0,1578</t>
+    <t>0,1712</t>
   </si>
   <si>
     <t>TK</t>
   </si>
   <si>
     <t>Tokelau</t>
   </si>
   <si>
-    <t>0,0527</t>
+    <t>0,0571</t>
   </si>
   <si>
     <t>TV</t>
   </si>
   <si>
     <t>Tuvalu</t>
   </si>
   <si>
-    <t>0,2002</t>
+    <t>0,2171</t>
   </si>
   <si>
     <t>WF</t>
   </si>
   <si>
     <t>Wallis and Futuna</t>
   </si>
   <si>
-    <t>0,125</t>
+    <t>0,1355</t>
   </si>
   <si>
     <t>XK</t>
   </si>
   <si>
     <t>Kosovo</t>
   </si>
   <si>
     <t>YT</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>0,1159</t>
+    <t>0,1257</t>
   </si>
   <si>
     <t>ZZ</t>
   </si>
   <si>
-    <t>0,1391</t>
+    <t>0,1509</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>